--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -1,55 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/header.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="6FCDBE13" w14:textId="59FDB11D" w:rsidR="001928C9" w:rsidRDefault="009C3F9F" w:rsidP="009C3F9F">
+    <w:p w:rsidR="001928C9" w:rsidP="009C3F9F" w:rsidRDefault="009C3F9F" w14:paraId="6FCDBE13" w14:textId="59FDB11D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BFD2430" wp14:editId="68F1B358">
             <wp:extent cx="2324100" cy="619760"/>
             <wp:effectExtent l="0" t="0" r="0" b="8890"/>
             <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -70,684 +72,684 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2377358" cy="633962"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B13C8B8" w14:textId="074CF19D" w:rsidR="00A44599" w:rsidRPr="001A3D67" w:rsidRDefault="00326E6B" w:rsidP="00A44599">
+    <w:p w:rsidRPr="001A3D67" w:rsidR="00A44599" w:rsidP="00A44599" w:rsidRDefault="00326E6B" w14:paraId="2B13C8B8" w14:textId="074CF19D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Community Paediatrics/</w:t>
       </w:r>
-      <w:r w:rsidR="00A44599" w:rsidRPr="001A3D67">
+      <w:r w:rsidRPr="001A3D67" w:rsidR="00A44599">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Neurodiversity </w:t>
       </w:r>
-      <w:r w:rsidR="001A3D67" w:rsidRPr="001A3D67">
+      <w:r w:rsidRPr="001A3D67" w:rsidR="001A3D67">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Assessment </w:t>
       </w:r>
-      <w:r w:rsidR="00A44599" w:rsidRPr="001A3D67">
+      <w:r w:rsidRPr="001A3D67" w:rsidR="00A44599">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Service</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21E27C20" w14:textId="783DDC76" w:rsidR="00A44599" w:rsidRPr="001A3D67" w:rsidRDefault="00326E6B" w:rsidP="00A44599">
+    <w:p w:rsidRPr="001A3D67" w:rsidR="00A44599" w:rsidP="00A44599" w:rsidRDefault="00326E6B" w14:paraId="21E27C20" w14:textId="783DDC76">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Health Visitor Referral Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B7C59A6" w14:textId="4C881955" w:rsidR="00A44599" w:rsidRDefault="00A44599"/>
-    <w:p w14:paraId="343413FB" w14:textId="1673BD2B" w:rsidR="00DB020E" w:rsidRPr="001F35C7" w:rsidRDefault="00DB020E" w:rsidP="00F5470E">
+    <w:p w:rsidR="00A44599" w:rsidRDefault="00A44599" w14:paraId="5B7C59A6" w14:textId="4C881955"/>
+    <w:p w:rsidRPr="001F35C7" w:rsidR="00DB020E" w:rsidP="00F5470E" w:rsidRDefault="00DB020E" w14:paraId="343413FB" w14:textId="1673BD2B">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F35C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Notes for </w:t>
       </w:r>
       <w:r w:rsidR="00326E6B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Health Visitors</w:t>
       </w:r>
       <w:r w:rsidRPr="001F35C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF24BCB" w14:textId="5A4E23B5" w:rsidR="00603643" w:rsidRDefault="009D7163" w:rsidP="00F92096">
+    <w:p w:rsidR="00603643" w:rsidP="00F92096" w:rsidRDefault="009D7163" w14:paraId="3BF24BCB" w14:textId="5A4E23B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F92096">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please complete the form below in discussion with the child’s family and ensure you have their consent to refer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="481DA711" w14:textId="77777777" w:rsidR="00F92096" w:rsidRPr="00F92096" w:rsidRDefault="00F92096" w:rsidP="00F92096">
+    <w:p w:rsidRPr="00F92096" w:rsidR="00F92096" w:rsidP="00F92096" w:rsidRDefault="00F92096" w14:paraId="481DA711" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63695645" w14:textId="6FB9ECD3" w:rsidR="00FF7662" w:rsidRPr="00F92096" w:rsidRDefault="009D7163" w:rsidP="00F92096">
+    <w:p w:rsidRPr="00F92096" w:rsidR="00FF7662" w:rsidP="00F92096" w:rsidRDefault="009D7163" w14:paraId="63695645" w14:textId="6FB9ECD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F92096">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A referral for a child </w:t>
       </w:r>
-      <w:r w:rsidR="00D55D2E" w:rsidRPr="00F92096">
+      <w:r w:rsidRPr="00F92096" w:rsidR="00D55D2E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should be discussed with the family when you are observing:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E9C91FD" w14:textId="3F910E70" w:rsidR="00594961" w:rsidRDefault="00D55D2E" w:rsidP="00594961">
+    <w:p w:rsidR="00594961" w:rsidP="00594961" w:rsidRDefault="00D55D2E" w14:paraId="4E9C91FD" w14:textId="3F910E70">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>significant developmental dela</w:t>
       </w:r>
       <w:r w:rsidR="00594961">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="00096F3C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/regression</w:t>
       </w:r>
       <w:r w:rsidR="00A7337B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and/or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49AB2EE5" w14:textId="61649B7A" w:rsidR="00594961" w:rsidRPr="00594961" w:rsidRDefault="00594961" w:rsidP="00594961">
+    <w:p w:rsidRPr="00594961" w:rsidR="00594961" w:rsidP="00594961" w:rsidRDefault="00594961" w14:paraId="49AB2EE5" w14:textId="61649B7A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>significant lack of developmental progress, and/or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B641B8F" w14:textId="00D064FB" w:rsidR="00A7337B" w:rsidRDefault="00A7337B" w:rsidP="00594961">
+    <w:p w:rsidR="00A7337B" w:rsidP="00594961" w:rsidRDefault="00A7337B" w14:paraId="7B641B8F" w14:textId="00D064FB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>significant differences in social communication/social interaction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55BEB165" w14:textId="5AEFBE76" w:rsidR="00594961" w:rsidRDefault="00594961" w:rsidP="00594961">
-[...9 lines deleted...]
-    <w:p w14:paraId="3A6AA7E2" w14:textId="05662D36" w:rsidR="00594961" w:rsidRDefault="00594961" w:rsidP="00594961">
+    <w:p w:rsidR="00594961" w:rsidP="00594961" w:rsidRDefault="00594961" w14:paraId="55BEB165" w14:textId="5AEFBE76">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00594961" w:rsidP="00594961" w:rsidRDefault="00594961" w14:paraId="3A6AA7E2" w14:textId="05662D36">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Any regression in </w:t>
       </w:r>
       <w:r w:rsidR="00FD705B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a child’s </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>motor skills should be referred to acute Paediatrics directly or via the child’s GP as a matter of urgency</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BE1200C" w14:textId="46974560" w:rsidR="00926843" w:rsidRDefault="00926843" w:rsidP="00926843">
+    <w:p w:rsidR="00926843" w:rsidP="00926843" w:rsidRDefault="00926843" w14:paraId="3BE1200C" w14:textId="46974560">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="344D459F" w14:textId="2AC535D2" w:rsidR="00926843" w:rsidRPr="00594961" w:rsidRDefault="00926843" w:rsidP="00926843">
+    <w:p w:rsidRPr="00594961" w:rsidR="00926843" w:rsidP="00926843" w:rsidRDefault="00926843" w14:paraId="344D459F" w14:textId="2AC535D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If there are concerns regarding the child’s highly restrictive eating, please consider an early review by the GP (in case of iron deficiency anaemia or some early involvement from Dietetics)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C2E2E1" w14:textId="77777777" w:rsidR="00612D42" w:rsidRDefault="00612D42" w:rsidP="00612D42">
+    <w:p w:rsidR="00612D42" w:rsidP="00612D42" w:rsidRDefault="00612D42" w14:paraId="32C2E2E1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37B955FD" w14:textId="7674F77D" w:rsidR="00F92096" w:rsidRDefault="003F4E65" w:rsidP="00F92096">
+    <w:p w:rsidR="00F92096" w:rsidP="00F92096" w:rsidRDefault="003F4E65" w14:paraId="37B955FD" w14:textId="7674F77D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please make it clear in your referral the information that is reported by the child’s family </w:t>
       </w:r>
       <w:r w:rsidR="00612D42">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and observations of the child that you have made yourself</w:t>
       </w:r>
       <w:r w:rsidR="003D71D8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="003D71D8" w:rsidRPr="006B163B">
+      <w:r w:rsidRPr="006B163B" w:rsidR="003D71D8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>particularly if this is significantly different</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15399D4E" w14:textId="77777777" w:rsidR="00612D42" w:rsidRPr="00612D42" w:rsidRDefault="00612D42" w:rsidP="00612D42">
+    <w:p w:rsidRPr="00612D42" w:rsidR="00612D42" w:rsidP="00612D42" w:rsidRDefault="00612D42" w14:paraId="15399D4E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="131F917F" w14:textId="5F9F97D1" w:rsidR="00820388" w:rsidRDefault="00F92096" w:rsidP="00820388">
+    <w:p w:rsidR="00820388" w:rsidP="00820388" w:rsidRDefault="00F92096" w14:paraId="131F917F" w14:textId="5F9F97D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Referrals will </w:t>
       </w:r>
       <w:r w:rsidRPr="003D6483">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be accepted for:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19D60E11" w14:textId="3FFF26A5" w:rsidR="00820388" w:rsidRDefault="00820388" w:rsidP="003D6483">
+    <w:p w:rsidR="00820388" w:rsidP="003D6483" w:rsidRDefault="00820388" w14:paraId="19D60E11" w14:textId="3FFF26A5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Behavioural concerns in isolation (families can access parenting support through the Merthyr/Bridgend Early Help Hubs, or RCT’s Resilient Families)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="029986F4" w14:textId="4F88ADB9" w:rsidR="0057601E" w:rsidRDefault="0057601E" w:rsidP="003D6483">
+    <w:p w:rsidR="0057601E" w:rsidP="003D6483" w:rsidRDefault="0057601E" w14:paraId="029986F4" w14:textId="4F88ADB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Referrals for children aged under 5 where ADHD is suspected</w:t>
       </w:r>
       <w:r w:rsidR="00AB2F1C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – please seek some initial support from services as above</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64313EAC" w14:textId="785AD963" w:rsidR="0057601E" w:rsidRDefault="0057601E" w:rsidP="003D6483">
+    <w:p w:rsidR="0057601E" w:rsidP="003D6483" w:rsidRDefault="0057601E" w14:paraId="64313EAC" w14:textId="785AD963">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Developmental concerns in one area only</w:t>
       </w:r>
       <w:r w:rsidR="00FB6227">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – please involve therapy services as appropriate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CB456DC" w14:textId="53525B13" w:rsidR="00F928A5" w:rsidRDefault="00F928A5" w:rsidP="003D6483">
+    <w:p w:rsidR="00F928A5" w:rsidP="003D6483" w:rsidRDefault="00F928A5" w14:paraId="0CB456DC" w14:textId="53525B13">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sleep difficulties in isolation – please contact your Specialist HVs for advice and/or consult </w:t>
       </w:r>
       <w:r w:rsidR="003B5A98">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the Cerebra website </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="622FC70C" w14:textId="7C8D9E8B" w:rsidR="003B5A98" w:rsidRDefault="003B5A98" w:rsidP="00820388">
+    <w:p w:rsidR="003B5A98" w:rsidP="00820388" w:rsidRDefault="003B5A98" w14:paraId="622FC70C" w14:textId="7C8D9E8B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Medical concerns in isolation (e.g. constipation, </w:t>
       </w:r>
       <w:r w:rsidR="0060690B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>respiratory) – these would be seen within general/acute Paediatrics accessed via the GP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37227261" w14:textId="77777777" w:rsidR="0060690B" w:rsidRPr="00820388" w:rsidRDefault="0060690B" w:rsidP="0060690B">
+    <w:p w:rsidRPr="00820388" w:rsidR="0060690B" w:rsidP="0060690B" w:rsidRDefault="0060690B" w14:paraId="37227261" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5194064F" w14:textId="159B038E" w:rsidR="00CE5AFC" w:rsidRDefault="00BC3ACC" w:rsidP="00F92096">
+    <w:p w:rsidR="00CE5AFC" w:rsidP="00F92096" w:rsidRDefault="00BC3ACC" w14:paraId="5194064F" w14:textId="159B038E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Where there are concerns regarding autism and/or ADHD for c</w:t>
       </w:r>
       <w:r w:rsidR="00CE5AFC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -807,181 +809,181 @@
       </w:r>
       <w:r w:rsidR="0002542F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> referrals for nursery-aged children in schools will </w:t>
       </w:r>
       <w:r w:rsidR="00994698">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>be made by school staff</w:t>
       </w:r>
       <w:r w:rsidR="00926843">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – please see the section on school-aged referrals on our website page: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00926843" w:rsidRPr="00926843">
+      <w:hyperlink w:history="1" r:id="rId9">
+        <w:r w:rsidRPr="00926843" w:rsidR="00926843">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Information for referrers - Cwm Taf Morgannwg University Health Board</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7C2485A1" w14:textId="77777777" w:rsidR="003F67C3" w:rsidRDefault="003F67C3" w:rsidP="003F67C3">
+    <w:p w:rsidR="003F67C3" w:rsidP="003F67C3" w:rsidRDefault="003F67C3" w14:paraId="7C2485A1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="363628E1" w14:textId="58093B10" w:rsidR="00F92096" w:rsidRDefault="00C414BA" w:rsidP="002B7995">
+    <w:p w:rsidR="00F92096" w:rsidP="002B7995" w:rsidRDefault="00C414BA" w14:paraId="363628E1" w14:textId="58093B10">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please note that we have a joint waiting list </w:t>
       </w:r>
       <w:r w:rsidR="00637D45">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">across the whole of CTMUHB for all children and young people who are awaiting an appointment with a Community Paediatrician or in the ND Service.  </w:t>
       </w:r>
       <w:r w:rsidR="003F67C3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Any letters that the family receive will explain this</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60D36D5F" w14:textId="77777777" w:rsidR="003F67C3" w:rsidRPr="003F67C3" w:rsidRDefault="003F67C3" w:rsidP="003F67C3">
+    <w:p w:rsidRPr="003F67C3" w:rsidR="003F67C3" w:rsidP="003F67C3" w:rsidRDefault="003F67C3" w14:paraId="60D36D5F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20C92D16" w14:textId="3615FF0F" w:rsidR="003F67C3" w:rsidRDefault="003F67C3" w:rsidP="002B7995">
+    <w:p w:rsidR="003F67C3" w:rsidP="002B7995" w:rsidRDefault="003F67C3" w14:paraId="20C92D16" w14:textId="3615FF0F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Community Paediatric/ND Service </w:t>
       </w:r>
       <w:r w:rsidR="00A361B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">will focus mainly on assessment and potential diagnosis so the priority should always be </w:t>
       </w:r>
-      <w:r w:rsidR="00A361B3" w:rsidRPr="006B163B">
+      <w:r w:rsidRPr="006B163B" w:rsidR="00A361B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>seeking</w:t>
       </w:r>
-      <w:r w:rsidR="00C96D4B" w:rsidRPr="006B163B">
+      <w:r w:rsidRPr="006B163B" w:rsidR="00C96D4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/signposting towards</w:t>
       </w:r>
-      <w:r w:rsidR="00A361B3" w:rsidRPr="006B163B">
+      <w:r w:rsidRPr="006B163B" w:rsidR="00A361B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C96D4B" w:rsidRPr="006B163B">
+      <w:r w:rsidRPr="006B163B" w:rsidR="00C96D4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>advice/input from support/therapeutic services</w:t>
       </w:r>
       <w:r w:rsidR="00C96D4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> as required (e.g. </w:t>
       </w:r>
       <w:r w:rsidR="00395B3F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>LA Early Years panel, Integrated Early Language/Social Communication Pathways</w:t>
       </w:r>
@@ -996,363 +998,405 @@
       <w:r w:rsidR="00A278FE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Early Help Hub/Resilient Families, Behaviour Support Hub, Enhanced Play, Audiology, Speech and Language Therapy, Occupational Therapy, Physiotherapy</w:t>
       </w:r>
       <w:r w:rsidR="00C51F55">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">).  Families should be made </w:t>
       </w:r>
       <w:r w:rsidR="00C51F55">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">aware that a formal diagnosis is </w:t>
       </w:r>
-      <w:r w:rsidR="00C51F55" w:rsidRPr="004F7940">
+      <w:r w:rsidRPr="004F7940" w:rsidR="00C51F55">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>not required</w:t>
       </w:r>
       <w:r w:rsidR="00C51F55">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to seek any of the support from Health, Education, Social Care or </w:t>
       </w:r>
       <w:r w:rsidR="00673002">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>community-based/3</w:t>
       </w:r>
-      <w:r w:rsidR="00673002" w:rsidRPr="00673002">
+      <w:r w:rsidRPr="00673002" w:rsidR="00673002">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>rd</w:t>
       </w:r>
       <w:r w:rsidR="00673002">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sector organisations that is available to all, and based on individual needs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30FFA72B" w14:textId="77777777" w:rsidR="00372A24" w:rsidRPr="00372A24" w:rsidRDefault="00372A24" w:rsidP="00372A24">
+    <w:p w:rsidRPr="00372A24" w:rsidR="00372A24" w:rsidP="00372A24" w:rsidRDefault="00372A24" w14:paraId="30FFA72B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34B22344" w14:textId="3FB4712B" w:rsidR="00372A24" w:rsidRDefault="00372A24" w:rsidP="002B7995">
+    <w:p w:rsidR="00372A24" w:rsidP="002B7995" w:rsidRDefault="00372A24" w14:paraId="34B22344" w14:textId="3FB4712B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please see our website pages for further information and please signpost families to these as well – </w:t>
       </w:r>
-      <w:r w:rsidR="00FC545C" w:rsidRPr="00607624">
+      <w:r w:rsidRPr="00607624" w:rsidR="00FC545C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>type in</w:t>
       </w:r>
       <w:r w:rsidRPr="00607624">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:anchor=":~:text=The%20Community%20Paediatric%20department%20aims%20to%20provide%20a,children%20with%20complex%20health%20needs%20and%20learning%20difficulties." w:history="1">
-        <w:r w:rsidR="00607624" w:rsidRPr="00607624">
+      <w:hyperlink w:history="1" w:anchor=":~:text=The%20Community%20Paediatric%20department%20aims%20to%20provide%20a,children%20with%20complex%20health%20needs%20and%20learning%20difficulties." r:id="rId10">
+        <w:r w:rsidRPr="00607624" w:rsidR="00607624">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Cwm Taf Paediatrics</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00607624" w:rsidRPr="00607624">
+      <w:r w:rsidRPr="00607624" w:rsidR="00607624">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00356BCE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00356BCE" w:rsidRPr="00356BCE">
+      <w:r w:rsidRPr="00356BCE" w:rsidR="00356BCE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">/or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00356BCE" w:rsidRPr="00356BCE">
+      <w:hyperlink w:history="1" r:id="rId11">
+        <w:r w:rsidRPr="00356BCE" w:rsidR="00356BCE">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Cwm Taf Neurodevelopmental</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00356BCE" w:rsidRPr="00356BCE">
+      <w:r w:rsidRPr="00356BCE" w:rsidR="00356BCE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00356BCE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> we will be at the top of the list</w:t>
       </w:r>
       <w:r w:rsidR="00FC545C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the internet search</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A190B44" w14:textId="77777777" w:rsidR="00540B13" w:rsidRPr="00540B13" w:rsidRDefault="00540B13" w:rsidP="00540B13">
+    <w:p w:rsidRPr="00540B13" w:rsidR="00540B13" w:rsidP="00540B13" w:rsidRDefault="00540B13" w14:paraId="1A190B44" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="389DFCAA" w14:textId="393DDEEC" w:rsidR="001F35C7" w:rsidRDefault="00540B13" w:rsidP="00F5470E">
+    <w:p w:rsidR="001F35C7" w:rsidP="12F8F5B8" w:rsidRDefault="00540B13" w14:paraId="389DFCAA" w14:textId="1BA34596">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00540B13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please complete this form as a Word document and email to us at</w:t>
       </w:r>
-      <w:r w:rsidR="00830F7E">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00830F7E">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00830F7E" w:rsidRPr="004C114F">
+      <w:hyperlink r:id="Rfda44361dca94445">
+        <w:r w:rsidRPr="12F8F5B8" w:rsidR="00830F7E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>CTT.NDCommunityreferrals@wales.nhs.uk</w:t>
+          <w:t>CT</w:t>
+        </w:r>
+        <w:r w:rsidRPr="12F8F5B8" w:rsidR="4AC6BA82">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>M</w:t>
+        </w:r>
+        <w:r w:rsidRPr="12F8F5B8" w:rsidR="00830F7E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>.NDCommunityreferrals@wales.nhs.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00830F7E">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00830F7E">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00540B13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>so that we can copy and paste the information straight into the child’s digital record</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00540B13">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00622D7B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Referral forms posted to us will not be accepted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00622D7B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00622D7B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Any supporting information, e.g. SOGS profiles, Early Years panel referral forms,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="007A21D1">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Enhanced Play reports and/or</w:t>
       </w:r>
-      <w:r w:rsidR="00622D7B">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00622D7B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DF5764">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00DF5764">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>information from playgroups/pre-school settings can be scanned in and emailed to us too</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32677A26" w14:textId="77777777" w:rsidR="00DF5764" w:rsidRPr="00DF5764" w:rsidRDefault="00DF5764" w:rsidP="00DF5764">
+    <w:p w:rsidRPr="00DF5764" w:rsidR="00DF5764" w:rsidP="00DF5764" w:rsidRDefault="00DF5764" w14:paraId="32677A26" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64ABEB1C" w14:textId="77777777" w:rsidR="00DF5764" w:rsidRPr="00DF5764" w:rsidRDefault="00DF5764" w:rsidP="00DF5764">
+    <w:p w:rsidRPr="00DF5764" w:rsidR="00DF5764" w:rsidP="00DF5764" w:rsidRDefault="00DF5764" w14:paraId="64ABEB1C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13877573" w14:textId="34E80FA0" w:rsidR="00E97DD2" w:rsidRPr="00DF5764" w:rsidRDefault="00411E37" w:rsidP="00DF5764">
+    <w:p w:rsidRPr="00DF5764" w:rsidR="00E97DD2" w:rsidP="00DF5764" w:rsidRDefault="00411E37" w14:paraId="13877573" w14:textId="34E80FA0">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F35C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>What happens next?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4819708D" w14:textId="1B53B437" w:rsidR="00BC14B2" w:rsidRPr="001B2BEC" w:rsidRDefault="00DB020E" w:rsidP="001B2BEC">
+    <w:p w:rsidRPr="001B2BEC" w:rsidR="00BC14B2" w:rsidP="001B2BEC" w:rsidRDefault="00DB020E" w14:paraId="4819708D" w14:textId="1B53B437">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F35C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Our aim is to make a decision about whether </w:t>
       </w:r>
       <w:r w:rsidR="00480733">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -1378,935 +1422,1027 @@
       </w:r>
       <w:r w:rsidRPr="001F35C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>on our waiting list within 2 weeks of the referral being received.  If we decide to place the chil</w:t>
       </w:r>
       <w:r w:rsidR="00DF5764">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="001F35C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on our list, </w:t>
       </w:r>
-      <w:r w:rsidR="00406D83" w:rsidRPr="001F35C7">
+      <w:r w:rsidRPr="001F35C7" w:rsidR="00406D83">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">as the referrer you will receive a letter to confirm this and </w:t>
       </w:r>
       <w:r w:rsidRPr="001F35C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the parent/carer will receive </w:t>
       </w:r>
-      <w:r w:rsidR="00406D83" w:rsidRPr="001F35C7">
+      <w:r w:rsidRPr="001F35C7" w:rsidR="00406D83">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>their own letter too</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44BE002C" w14:textId="77777777" w:rsidR="00BC14B2" w:rsidRPr="001F35C7" w:rsidRDefault="00BC14B2" w:rsidP="00F5470E">
+    <w:p w:rsidRPr="001F35C7" w:rsidR="00BC14B2" w:rsidP="00F5470E" w:rsidRDefault="00BC14B2" w14:paraId="44BE002C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18AA51E1" w14:textId="54544266" w:rsidR="00BC14B2" w:rsidRDefault="00DB020E" w:rsidP="001B2BEC">
+    <w:p w:rsidR="00BC14B2" w:rsidP="12F8F5B8" w:rsidRDefault="00DB020E" w14:paraId="18AA51E1" w14:textId="3D051CEC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="0CBEA58A" w14:textId="77777777" w:rsidR="003C3D3F" w:rsidRPr="003C3D3F" w:rsidRDefault="003C3D3F" w:rsidP="003C3D3F">
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00DB020E">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If we do not feel an assessment is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00DB020E">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00DB020E">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at this stage, we will write back to you as the referrer with the parent/carer copied </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="3A2C017C">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>into</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00DB020E">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the letter to explain this, with our reasons why and usually what else might be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00DB020E">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>appropriate to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00DB020E">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> put in place first</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003C3D3F" w:rsidR="003C3D3F" w:rsidP="003C3D3F" w:rsidRDefault="003C3D3F" w14:paraId="0CBEA58A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1631BA24" w14:textId="77777777" w:rsidR="003C3D3F" w:rsidRPr="001B2BEC" w:rsidRDefault="003C3D3F" w:rsidP="003C3D3F">
+    <w:p w:rsidRPr="001B2BEC" w:rsidR="003C3D3F" w:rsidP="003C3D3F" w:rsidRDefault="003C3D3F" w14:paraId="1631BA24" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0065246D" w14:textId="6C94C01E" w:rsidR="009832E8" w:rsidRPr="00DF5764" w:rsidRDefault="00DB020E" w:rsidP="00F5470E">
+    <w:p w:rsidRPr="00DF5764" w:rsidR="009832E8" w:rsidP="00F5470E" w:rsidRDefault="00DB020E" w14:paraId="0065246D" w14:textId="6C94C01E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F35C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If you or the parent/carer have not heard from us within 6 weeks of the referral information being submitted, then </w:t>
       </w:r>
-      <w:r w:rsidR="00CB1244" w:rsidRPr="00096BB7">
+      <w:r w:rsidRPr="00096BB7" w:rsidR="00CB1244">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>please get in touch</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BF16929" w14:textId="77777777" w:rsidR="00096BB7" w:rsidRDefault="00096BB7" w:rsidP="00F5470E">
+    <w:p w:rsidR="00096BB7" w:rsidP="00F5470E" w:rsidRDefault="00096BB7" w14:paraId="4BF16929" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0952A9C0" w14:textId="2884354F" w:rsidR="00ED4850" w:rsidRDefault="00CB1244" w:rsidP="00F5470E">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w:rsidR="00ED4850" w:rsidP="12F8F5B8" w:rsidRDefault="00CB1244" w14:paraId="0952A9C0" w14:textId="46A45989">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00CB1244">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please contact us on </w:t>
       </w:r>
-      <w:r w:rsidR="00922415">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00922415">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>01443 715300</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F35C7">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00CB1244">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
-      <w:r w:rsidR="001005B9" w:rsidRPr="001F35C7">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="001005B9">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0003272F">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="0003272F">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by emailing</w:t>
       </w:r>
-      <w:r w:rsidR="00830F7E">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00830F7E">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00830F7E" w:rsidRPr="004C114F">
+      <w:hyperlink r:id="Re673356f674641a4">
+        <w:r w:rsidRPr="12F8F5B8" w:rsidR="00830F7E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>CTT.NDCommunityreferrals@wales.nhs.uk</w:t>
+          <w:t>CT</w:t>
+        </w:r>
+        <w:r w:rsidRPr="12F8F5B8" w:rsidR="32C6B44B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>M</w:t>
+        </w:r>
+        <w:r w:rsidRPr="12F8F5B8" w:rsidR="00830F7E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>.NDCommunityreferrals@wales.nhs.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00830F7E">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00830F7E">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F35C7">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00CB1244">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if you have any queries at all about this for</w:t>
       </w:r>
-      <w:r w:rsidR="00BA3A58" w:rsidRPr="001F35C7">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00BA3A58">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>m or our referral/assessment/diagnostic process.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A14B5D1" w14:textId="77777777" w:rsidR="009832E8" w:rsidRPr="009832E8" w:rsidRDefault="009832E8" w:rsidP="00F5470E">
-[...9 lines deleted...]
-    <w:p w14:paraId="14AA9027" w14:textId="68E5B564" w:rsidR="00CB1244" w:rsidRPr="00C05AF2" w:rsidRDefault="00CB1244" w:rsidP="00F5470E">
+    <w:p w:rsidRPr="009832E8" w:rsidR="009832E8" w:rsidP="00F5470E" w:rsidRDefault="009832E8" w14:paraId="7A14B5D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00C05AF2" w:rsidR="00CB1244" w:rsidP="00F5470E" w:rsidRDefault="00CB1244" w14:paraId="14AA9027" w14:textId="68E5B564">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F35C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PERSONAL DETAILS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21D8AAB5" w14:textId="4DD218EE" w:rsidR="00CB1244" w:rsidRPr="001F35C7" w:rsidRDefault="00CB1244" w:rsidP="00F5470E">
+    <w:p w:rsidRPr="001F35C7" w:rsidR="00CB1244" w:rsidP="00F5470E" w:rsidRDefault="00CB1244" w14:paraId="21D8AAB5" w14:textId="4DD218EE">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F35C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Child’s Name:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="158315D0" w14:textId="51AA0F48" w:rsidR="00CE5AFC" w:rsidRPr="001F35C7" w:rsidRDefault="00DC67BB" w:rsidP="00F5470E">
+    <w:p w:rsidRPr="001F35C7" w:rsidR="00CE5AFC" w:rsidP="00F5470E" w:rsidRDefault="00DC67BB" w14:paraId="158315D0" w14:textId="51AA0F48">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F35C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Child’s Date of Birth:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4999190E" w14:textId="05124680" w:rsidR="00DC67BB" w:rsidRPr="001F35C7" w:rsidRDefault="00BE1CB2" w:rsidP="00F5470E">
+    <w:p w:rsidRPr="001F35C7" w:rsidR="00DC67BB" w:rsidP="00F5470E" w:rsidRDefault="00BE1CB2" w14:paraId="4999190E" w14:textId="05124680">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Child’s Home Address:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69309BEC" w14:textId="799DC59A" w:rsidR="00DC67BB" w:rsidRDefault="00BE1CB2" w:rsidP="00F5470E">
+    <w:p w:rsidR="00DC67BB" w:rsidP="00F5470E" w:rsidRDefault="00BE1CB2" w14:paraId="69309BEC" w14:textId="799DC59A">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Parent/Carer Name(s):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40B0A001" w14:textId="017770EB" w:rsidR="00BE1CB2" w:rsidRDefault="00853611" w:rsidP="00F5470E">
+    <w:p w:rsidR="00BE1CB2" w:rsidP="00F5470E" w:rsidRDefault="00853611" w14:paraId="40B0A001" w14:textId="017770EB">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Parent/Carer Email Address:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A29CEAB" w14:textId="1A9D0BF8" w:rsidR="00853611" w:rsidRDefault="00853611" w:rsidP="00F5470E">
+    <w:p w:rsidR="00853611" w:rsidP="00F5470E" w:rsidRDefault="00853611" w14:paraId="7A29CEAB" w14:textId="1A9D0BF8">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Parent/Carer Telephone Number(s):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71E47765" w14:textId="47EBAACF" w:rsidR="00853611" w:rsidRDefault="00853611" w:rsidP="00F5470E">
+    <w:p w:rsidR="00853611" w:rsidP="00F5470E" w:rsidRDefault="00853611" w14:paraId="71E47765" w14:textId="47EBAACF">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Home Language:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46DC773A" w14:textId="252C929A" w:rsidR="00853611" w:rsidRDefault="00853611" w:rsidP="00F5470E">
+    <w:p w:rsidR="00853611" w:rsidP="00F5470E" w:rsidRDefault="00853611" w14:paraId="46DC773A" w14:textId="252C929A">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Is an interpreter required for appointments?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="353C492B" w14:textId="77777777" w:rsidR="00B534E9" w:rsidRDefault="00B534E9" w:rsidP="00F5470E">
+    <w:p w:rsidR="00B534E9" w:rsidP="00F5470E" w:rsidRDefault="00B534E9" w14:paraId="353C492B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="501AE39E" w14:textId="3FEAFEC3" w:rsidR="00853611" w:rsidRDefault="00191926" w:rsidP="00F5470E">
+    <w:p w:rsidR="00853611" w:rsidP="00F5470E" w:rsidRDefault="00191926" w14:paraId="501AE39E" w14:textId="3FEAFEC3">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00191926">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>REFERRER DETAILS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="387C4234" w14:textId="6407251C" w:rsidR="00191926" w:rsidRDefault="00191926" w:rsidP="00F5470E">
+    <w:p w:rsidR="00191926" w:rsidP="00F5470E" w:rsidRDefault="00191926" w14:paraId="387C4234" w14:textId="6407251C">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Name of Health Visitor completing this form:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6515EC31" w14:textId="5B05F76F" w:rsidR="00191926" w:rsidRDefault="00191926" w:rsidP="00F5470E">
+    <w:p w:rsidR="00191926" w:rsidP="00F5470E" w:rsidRDefault="00191926" w14:paraId="6515EC31" w14:textId="5B05F76F">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Health Visitor’s email address:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E940868" w14:textId="70CD6833" w:rsidR="00191926" w:rsidRDefault="00191926" w:rsidP="00F5470E">
+    <w:p w:rsidR="00191926" w:rsidP="00F5470E" w:rsidRDefault="00191926" w14:paraId="7E940868" w14:textId="70CD6833">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Health Visitor’s contact telephone number:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="514E50D6" w14:textId="4B5DD1A5" w:rsidR="00191926" w:rsidRDefault="00191926" w:rsidP="00F5470E">
+    <w:p w:rsidR="00191926" w:rsidP="00F5470E" w:rsidRDefault="00191926" w14:paraId="514E50D6" w14:textId="4B5DD1A5">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Health Visitor’s office address for postal correspondence:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="671D3B07" w14:textId="77777777" w:rsidR="00B534E9" w:rsidRDefault="00B534E9" w:rsidP="00F5470E">
-[...9 lines deleted...]
-    <w:p w14:paraId="3318D49A" w14:textId="77777777" w:rsidR="007F6648" w:rsidRDefault="007F6648" w:rsidP="00F5470E">
+    <w:p w:rsidR="00B534E9" w:rsidP="00F5470E" w:rsidRDefault="00B534E9" w14:paraId="671D3B07" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F6648" w:rsidP="00F5470E" w:rsidRDefault="007F6648" w14:paraId="3318D49A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14910420" w14:textId="27CB08AE" w:rsidR="00B534E9" w:rsidRPr="00B534E9" w:rsidRDefault="00B534E9" w:rsidP="00F5470E">
+    <w:p w:rsidRPr="00B534E9" w:rsidR="00B534E9" w:rsidP="00F5470E" w:rsidRDefault="00B534E9" w14:paraId="14910420" w14:textId="27CB08AE">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PLAYGROUP/PRE-SCHOOL SETTING</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD6D661" w14:textId="24BC4797" w:rsidR="00B534E9" w:rsidRDefault="00CA0C1D" w:rsidP="00F5470E">
+    <w:p w:rsidR="00B534E9" w:rsidP="00F5470E" w:rsidRDefault="00CA0C1D" w14:paraId="0FD6D661" w14:textId="24BC4797">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Name of setting attended (if any):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B689AB8" w14:textId="28D8CDDC" w:rsidR="00CA0C1D" w:rsidRDefault="00CA0C1D" w:rsidP="00F5470E">
+    <w:p w:rsidR="00CA0C1D" w:rsidP="00F5470E" w:rsidRDefault="00CA0C1D" w14:paraId="0B689AB8" w14:textId="28D8CDDC">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Start date:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="430F0AC9" w14:textId="751CD6DD" w:rsidR="00B703A8" w:rsidRDefault="00594961" w:rsidP="00F5470E">
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w:rsidR="00B703A8" w:rsidP="12F8F5B8" w:rsidRDefault="00594961" w14:paraId="430F0AC9" w14:textId="751CD6DD">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00594961">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>It is helpful for us if</w:t>
       </w:r>
-      <w:r w:rsidR="00B703A8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00B703A8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> you </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00594961">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>can include</w:t>
       </w:r>
-      <w:r w:rsidR="00B703A8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00B703A8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> some observations here </w:t>
       </w:r>
-      <w:r w:rsidR="004F7940">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="004F7940">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of the</w:t>
       </w:r>
-      <w:r w:rsidR="00B703A8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00B703A8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> child in the setting and/or reported information from staff (this can be emailed to us if they have provided written information)</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00594961">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00594961">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Information from the staff in setting can be </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="_Int_6x8pot54" w:id="583888061"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00594961">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>really useful</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="583888061"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00594961">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> especially if the child’s profile of development </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00E03194">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>is unclear from your observations/assessment at home</w:t>
       </w:r>
-      <w:r w:rsidR="00B703A8">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00B703A8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B4A7813" w14:textId="30A1DFC1" w:rsidR="00B703A8" w:rsidRDefault="00B703A8" w:rsidP="00F5470E">
-[...19 lines deleted...]
-    <w:p w14:paraId="0D4844A1" w14:textId="5EF21855" w:rsidR="00951CA4" w:rsidRDefault="00951CA4" w:rsidP="00F5470E">
+    <w:p w:rsidR="00B703A8" w:rsidP="00F5470E" w:rsidRDefault="00B703A8" w14:paraId="0B4A7813" w14:textId="30A1DFC1">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00594961" w:rsidP="00F5470E" w:rsidRDefault="00594961" w14:paraId="751FD20F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00951CA4" w:rsidP="00F5470E" w:rsidRDefault="00951CA4" w14:paraId="0D4844A1" w14:textId="5EF21855">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>BACKGROUND INFORMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70900E7C" w14:textId="5A7E688B" w:rsidR="00951CA4" w:rsidRDefault="00951CA4" w:rsidP="00F5470E">
+    <w:p w:rsidR="00951CA4" w:rsidP="00F5470E" w:rsidRDefault="00951CA4" w14:paraId="70900E7C" w14:textId="5A7E688B">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please describe any current and/or previous involvement from Children’s Services/Social Care</w:t>
       </w:r>
       <w:r w:rsidR="009B2F00">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, as far as you are aware:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74F3538B" w14:textId="77777777" w:rsidR="00096BB7" w:rsidRDefault="00096BB7" w:rsidP="00F5470E">
-[...9 lines deleted...]
-    <w:p w14:paraId="78EA7021" w14:textId="075C2490" w:rsidR="009B2F00" w:rsidRDefault="009B2F00" w:rsidP="00F5470E">
+    <w:p w:rsidR="00096BB7" w:rsidP="00F5470E" w:rsidRDefault="00096BB7" w14:paraId="74F3538B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B2F00" w:rsidP="00F5470E" w:rsidRDefault="009B2F00" w14:paraId="78EA7021" w14:textId="075C2490">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please detail any adverse childhood experiences to date (e.g. bereavement, </w:t>
       </w:r>
       <w:r w:rsidR="007F4631">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">parental separation/absence, </w:t>
       </w:r>
       <w:r w:rsidR="00083113">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>moving home, domestic abuse, parent/carer in prison, safeguarding concerns):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18C2A6BA" w14:textId="77777777" w:rsidR="00083113" w:rsidRDefault="00083113" w:rsidP="00F5470E">
-[...9 lines deleted...]
-    <w:p w14:paraId="7D84C097" w14:textId="495C148C" w:rsidR="00083113" w:rsidRDefault="00083113" w:rsidP="00F5470E">
+    <w:p w:rsidR="00083113" w:rsidP="00F5470E" w:rsidRDefault="00083113" w14:paraId="18C2A6BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00083113" w:rsidP="00F5470E" w:rsidRDefault="00083113" w14:paraId="7D84C097" w14:textId="495C148C">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please provide any relevant details regarding the child’s medical history (e.g. prenatal/birth</w:t>
       </w:r>
       <w:r w:rsidR="00CE4B11">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/postnatal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> history, any existing medical diagnoses):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D3238A" w14:textId="59D5B38B" w:rsidR="00954653" w:rsidRDefault="00926843" w:rsidP="00F5470E">
+    <w:p w:rsidR="00954653" w:rsidP="00F5470E" w:rsidRDefault="00926843" w14:paraId="36D3238A" w14:textId="59D5B38B">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Who lives at home with the child?  Please detail ages and relationships:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4339FA46" w14:textId="77777777" w:rsidR="00926843" w:rsidRDefault="00926843" w:rsidP="00F5470E">
-[...9 lines deleted...]
-    <w:p w14:paraId="0303AB3B" w14:textId="25FFC2B9" w:rsidR="00926843" w:rsidRDefault="00926843" w:rsidP="00F5470E">
+    <w:p w:rsidR="00926843" w:rsidP="00F5470E" w:rsidRDefault="00926843" w14:paraId="4339FA46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926843" w:rsidP="00F5470E" w:rsidRDefault="00926843" w14:paraId="0303AB3B" w14:textId="25FFC2B9">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>What sort of extended family/community support is available to the family?  Please detail any aspects of vulnerability/resilience:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49A283B8" w14:textId="77777777" w:rsidR="00926843" w:rsidRDefault="00926843" w:rsidP="00F5470E">
-[...9 lines deleted...]
-    <w:p w14:paraId="766FD183" w14:textId="3ECC95FB" w:rsidR="00954653" w:rsidRDefault="00954653" w:rsidP="00F5470E">
+    <w:p w:rsidR="00926843" w:rsidP="00F5470E" w:rsidRDefault="00926843" w14:paraId="49A283B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00954653" w:rsidP="00F5470E" w:rsidRDefault="00954653" w14:paraId="766FD183" w14:textId="3ECC95FB">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please detail any</w:t>
       </w:r>
       <w:r w:rsidR="00926843">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> family</w:t>
       </w:r>
       <w:r>
@@ -2352,572 +2488,590 @@
       <w:r w:rsidR="0091353A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>undiagnosed but reported</w:t>
       </w:r>
       <w:r w:rsidR="0091353A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>), e.g. learning disability, neurodiversity, mental health difficulties, genetic syndromes:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15BE7100" w14:textId="77777777" w:rsidR="00D57C8B" w:rsidRDefault="00D57C8B" w:rsidP="00F5470E">
-[...29 lines deleted...]
-    <w:p w14:paraId="4ECE5CA2" w14:textId="512A1F8D" w:rsidR="00D57C8B" w:rsidRDefault="00D57C8B" w:rsidP="00F5470E">
+    <w:p w:rsidR="00D57C8B" w:rsidP="00F5470E" w:rsidRDefault="00D57C8B" w14:paraId="15BE7100" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0088139F" w:rsidP="00F5470E" w:rsidRDefault="0088139F" w14:paraId="156BF2E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0088139F" w:rsidP="00F5470E" w:rsidRDefault="0088139F" w14:paraId="12E2C1AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D57C8B" w:rsidP="00F5470E" w:rsidRDefault="00D57C8B" w14:paraId="4ECE5CA2" w14:textId="512A1F8D">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Who is involved in supporting the child/family already, or what other referrals have been made?  What has been the nature/impact of their support to date?</w:t>
       </w:r>
       <w:r w:rsidR="00827F8B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00814BAD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please remember that t</w:t>
       </w:r>
       <w:r w:rsidR="00827F8B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">he Community Paediatric/ND Service will focus mainly on assessment and potential diagnosis so the priority should always be </w:t>
       </w:r>
-      <w:r w:rsidR="00827F8B" w:rsidRPr="006B163B">
+      <w:r w:rsidRPr="006B163B" w:rsidR="00827F8B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>seeking/signposting towards advice/input from support/therapeutic services</w:t>
       </w:r>
       <w:r w:rsidR="00827F8B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> as required</w:t>
       </w:r>
       <w:r w:rsidR="00814BAD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE6E6DC" w14:textId="77777777" w:rsidR="00D57C8B" w:rsidRDefault="00D57C8B" w:rsidP="00F5470E">
-[...37 lines deleted...]
-    <w:p w14:paraId="0D8DD1F2" w14:textId="10A113A8" w:rsidR="00E34243" w:rsidRDefault="00E34243" w:rsidP="00F5470E">
+    <w:p w:rsidR="00D57C8B" w:rsidP="00F5470E" w:rsidRDefault="00D57C8B" w14:paraId="7CE6E6DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D57C8B" w:rsidP="12F8F5B8" w:rsidRDefault="00E34243" w14:paraId="6DED0B21" w14:textId="58DD94C5">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00E34243">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What is working well for the family </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="_Int_hIwyAlw0" w:id="794705621"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00E34243">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>at the moment</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="794705621"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00E34243">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E34243" w:rsidP="00F5470E" w:rsidRDefault="00E34243" w14:paraId="0DE906A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E34243" w:rsidP="00F5470E" w:rsidRDefault="00E34243" w14:paraId="0D8DD1F2" w14:textId="10A113A8">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>CHILD’S DEVELOPMENTAL PROFILE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="407BB70D" w14:textId="1CB1C4AA" w:rsidR="00E34243" w:rsidRDefault="00E34243" w:rsidP="00F5470E">
+    <w:p w:rsidR="00E34243" w:rsidP="00F5470E" w:rsidRDefault="00E34243" w14:paraId="407BB70D" w14:textId="1CB1C4AA">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00335134">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please ensure you </w:t>
       </w:r>
       <w:r w:rsidR="00335134">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r w:rsidRPr="00335134">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> us copies of any developmental assessments completed i.e. SOGS, WellComm, </w:t>
       </w:r>
-      <w:r w:rsidR="00FC442B" w:rsidRPr="00335134">
+      <w:r w:rsidRPr="00335134" w:rsidR="00FC442B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Play Plans, target setting</w:t>
       </w:r>
-      <w:r w:rsidR="00335134" w:rsidRPr="00335134">
+      <w:r w:rsidRPr="00335134" w:rsidR="00335134">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Enhanced Play reports</w:t>
       </w:r>
       <w:r w:rsidR="00335134">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, to support your referral</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25339D99" w14:textId="2F4E8EB3" w:rsidR="00335134" w:rsidRDefault="00250C15" w:rsidP="00F5470E">
+    <w:p w:rsidR="00335134" w:rsidP="00F5470E" w:rsidRDefault="00250C15" w14:paraId="25339D99" w14:textId="2F4E8EB3">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please describe the child’s motor skill development compared to that of their peers (e.g. </w:t>
       </w:r>
       <w:r w:rsidR="00B00A1B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>fine motor skills, gross motor skills, coordination, any regression):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15CD5A1B" w14:textId="77777777" w:rsidR="00FB5384" w:rsidRDefault="00FB5384" w:rsidP="00F5470E">
-[...19 lines deleted...]
-    <w:p w14:paraId="4D8DBFAC" w14:textId="234E6957" w:rsidR="00FB5384" w:rsidRDefault="005757E6" w:rsidP="00F5470E">
+    <w:p w:rsidR="00FB5384" w:rsidP="00F5470E" w:rsidRDefault="00FB5384" w14:paraId="15CD5A1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00892957" w:rsidP="00F5470E" w:rsidRDefault="00892957" w14:paraId="122BE47B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FB5384" w:rsidP="00F5470E" w:rsidRDefault="005757E6" w14:paraId="4D8DBFAC" w14:textId="234E6957">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Are there any concerns regarding the child’s hearing?  Has there been any input from Audiology?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EEB6F9D" w14:textId="77777777" w:rsidR="00B00A1B" w:rsidRDefault="00B00A1B" w:rsidP="00F5470E">
-[...29 lines deleted...]
-    <w:p w14:paraId="1C1B28F2" w14:textId="0754A729" w:rsidR="00B00A1B" w:rsidRDefault="00B00A1B" w:rsidP="00F5470E">
+    <w:p w:rsidR="00B00A1B" w:rsidP="00F5470E" w:rsidRDefault="00B00A1B" w14:paraId="6EEB6F9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004661BC" w:rsidP="00F5470E" w:rsidRDefault="004661BC" w14:paraId="742695FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004661BC" w:rsidP="00F5470E" w:rsidRDefault="004661BC" w14:paraId="559D95CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B00A1B" w:rsidP="00F5470E" w:rsidRDefault="00B00A1B" w14:paraId="1C1B28F2" w14:textId="0754A729">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please describe the child’s level of speech, language and communication development </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF585F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>compared to that of their peers</w:t>
       </w:r>
       <w:r w:rsidR="00BF3CF2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.  You may want to think about:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3440B84A" w14:textId="0C8F7436" w:rsidR="00BF3CF2" w:rsidRDefault="00BF3CF2" w:rsidP="00BF3CF2">
+    <w:p w:rsidR="00BF3CF2" w:rsidP="00BF3CF2" w:rsidRDefault="00BF3CF2" w14:paraId="3440B84A" w14:textId="0C8F7436">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Attention/listening skills</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E1DA03E" w14:textId="6C4D3015" w:rsidR="001E01CD" w:rsidRDefault="001E01CD" w:rsidP="00BF3CF2">
+    <w:p w:rsidR="001E01CD" w:rsidP="00BF3CF2" w:rsidRDefault="001E01CD" w14:paraId="2E1DA03E" w14:textId="6C4D3015">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Non-verbal communication (eye contact, pointing, gesturing</w:t>
       </w:r>
       <w:r w:rsidR="00FB5384">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, facial expressions)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="584B65CC" w14:textId="28B56768" w:rsidR="00BF3CF2" w:rsidRDefault="00BF3CF2" w:rsidP="00BF3CF2">
+    <w:p w:rsidR="00BF3CF2" w:rsidP="00BF3CF2" w:rsidRDefault="00BF3CF2" w14:paraId="584B65CC" w14:textId="28B56768">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Level of understanding of language</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68E1DDA4" w14:textId="2A95BDEC" w:rsidR="00BF3CF2" w:rsidRDefault="000838F4" w:rsidP="00BF3CF2">
+    <w:p w:rsidR="00BF3CF2" w:rsidP="00BF3CF2" w:rsidRDefault="000838F4" w14:paraId="68E1DDA4" w14:textId="2A95BDEC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Expressive language</w:t>
       </w:r>
       <w:r w:rsidR="001E01CD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, including whether this is echoed or </w:t>
       </w:r>
       <w:r w:rsidR="00FB5384">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>spontaneous</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B5480D6" w14:textId="7372BCA4" w:rsidR="000838F4" w:rsidRPr="00BF3CF2" w:rsidRDefault="000838F4" w:rsidP="00BF3CF2">
+    <w:p w:rsidRPr="00BF3CF2" w:rsidR="000838F4" w:rsidP="00BF3CF2" w:rsidRDefault="000838F4" w14:paraId="4B5480D6" w14:textId="7372BCA4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Any regression in this area</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="123090A0" w14:textId="77777777" w:rsidR="00335134" w:rsidRDefault="00335134" w:rsidP="00F5470E">
-[...19 lines deleted...]
-    <w:p w14:paraId="50E8CFDF" w14:textId="5E08ABA3" w:rsidR="00166465" w:rsidRDefault="00166465" w:rsidP="00F5470E">
+    <w:p w:rsidR="00335134" w:rsidP="00F5470E" w:rsidRDefault="00335134" w14:paraId="123090A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F6648" w:rsidP="00F5470E" w:rsidRDefault="007F6648" w14:paraId="0DAD6D1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00166465" w:rsidP="00F5470E" w:rsidRDefault="00166465" w14:paraId="50E8CFDF" w14:textId="5E08ABA3">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please describe the child’s </w:t>
       </w:r>
       <w:r w:rsidR="007E405D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">play, </w:t>
       </w:r>
       <w:r>
@@ -2925,630 +3079,699 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">social communication and interaction </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF585F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>compared to that of their peers</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.  You may want to think about:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C1CC6A8" w14:textId="3F8E16E0" w:rsidR="00166465" w:rsidRDefault="00123314" w:rsidP="00166465">
+    <w:p w:rsidR="00166465" w:rsidP="00166465" w:rsidRDefault="00123314" w14:paraId="0C1CC6A8" w14:textId="3F8E16E0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Response to name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16A10925" w14:textId="2C3B9D6F" w:rsidR="00123314" w:rsidRDefault="00123314" w:rsidP="00166465">
+    <w:p w:rsidR="00123314" w:rsidP="00166465" w:rsidRDefault="00123314" w14:paraId="16A10925" w14:textId="2C3B9D6F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Motivation/interest in interacting/playing with adults/other children</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CBD0641" w14:textId="5DB1E13F" w:rsidR="00123314" w:rsidRDefault="00A664F9" w:rsidP="00A664F9">
+    <w:p w:rsidR="00123314" w:rsidP="00A664F9" w:rsidRDefault="00A664F9" w14:paraId="3CBD0641" w14:textId="5DB1E13F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Seeking comfort</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="058B2AA8" w14:textId="42ABC983" w:rsidR="00A664F9" w:rsidRDefault="00A664F9" w:rsidP="00A664F9">
+    <w:p w:rsidR="00A664F9" w:rsidP="00A664F9" w:rsidRDefault="00A664F9" w14:paraId="058B2AA8" w14:textId="42ABC983">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Recognising emotions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="528EA1E9" w14:textId="4D0D50EF" w:rsidR="007E405D" w:rsidRDefault="007E405D" w:rsidP="00A664F9">
+    <w:p w:rsidR="007E405D" w:rsidP="00A664F9" w:rsidRDefault="007E405D" w14:paraId="528EA1E9" w14:textId="4D0D50EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Play skills</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B12B0F3" w14:textId="77777777" w:rsidR="00BA5580" w:rsidRDefault="00BA5580" w:rsidP="00BA5580">
-[...43 lines deleted...]
-    <w:p w14:paraId="4A147492" w14:textId="169781AA" w:rsidR="00DC152B" w:rsidRDefault="00C94B02" w:rsidP="00C94B02">
+    <w:p w:rsidR="00BA5580" w:rsidP="00BA5580" w:rsidRDefault="00BA5580" w14:paraId="2B12B0F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA5580" w:rsidP="12F8F5B8" w:rsidRDefault="00BA5580" w14:paraId="367338E5" w14:textId="5B1BC82E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00BA5580">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please comment on any restricted/repetitive patterns of behaviour/interests that you may have </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00C9920C">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>observed or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="003D011D">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have been reported by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00DC152B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the child’s family</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00DC152B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00DC152B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You may want to think about:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC152B" w:rsidP="00C94B02" w:rsidRDefault="00C94B02" w14:paraId="4A147492" w14:textId="169781AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Preference for routine, over and above other children of the same age/language level</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="781B79BE" w14:textId="5274FE9D" w:rsidR="00C94B02" w:rsidRDefault="00754FCD" w:rsidP="00C94B02">
+    <w:p w:rsidR="00C94B02" w:rsidP="00C94B02" w:rsidRDefault="00754FCD" w14:paraId="781B79BE" w14:textId="5274FE9D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Response to change/unfamiliar situations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C1AFBA6" w14:textId="7803E653" w:rsidR="00754FCD" w:rsidRDefault="00754FCD" w:rsidP="00C94B02">
+    <w:p w:rsidR="00754FCD" w:rsidP="00C94B02" w:rsidRDefault="00754FCD" w14:paraId="7C1AFBA6" w14:textId="7803E653">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sensory differences (light/sound/smell/touch/taste/movement/response to pain)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="705714E8" w14:textId="73AB5FB0" w:rsidR="00754FCD" w:rsidRDefault="006472A7" w:rsidP="00C94B02">
+    <w:p w:rsidR="00754FCD" w:rsidP="00C94B02" w:rsidRDefault="006472A7" w14:paraId="705714E8" w14:textId="73AB5FB0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Unusual movements (rocking/spinning/flapping – which may be a sensory response, helping with balance/posture, response to stress)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="058D8DA5" w14:textId="37BD622C" w:rsidR="006472A7" w:rsidRDefault="00D442C6" w:rsidP="00C94B02">
+    <w:p w:rsidR="006472A7" w:rsidP="00C94B02" w:rsidRDefault="00D442C6" w14:paraId="058D8DA5" w14:textId="37BD622C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Particular interests, which seem more intense compared to other children of the same age</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="468FD031" w14:textId="77777777" w:rsidR="006838A0" w:rsidRDefault="006838A0" w:rsidP="00EA568B">
+    <w:p w:rsidR="006838A0" w:rsidP="00EA568B" w:rsidRDefault="006838A0" w14:paraId="468FD031" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F91FD95" w14:textId="77777777" w:rsidR="00467845" w:rsidRDefault="00467845" w:rsidP="00EA568B">
+    <w:p w:rsidR="00467845" w:rsidP="00EA568B" w:rsidRDefault="00467845" w14:paraId="2F91FD95" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1052C4D6" w14:textId="77777777" w:rsidR="00467845" w:rsidRDefault="00467845" w:rsidP="00EA568B">
+    <w:p w:rsidR="00467845" w:rsidP="00EA568B" w:rsidRDefault="00467845" w14:paraId="1052C4D6" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45E51AEC" w14:textId="77777777" w:rsidR="00467845" w:rsidRDefault="00467845" w:rsidP="00EA568B">
+    <w:p w:rsidR="00467845" w:rsidP="00EA568B" w:rsidRDefault="00467845" w14:paraId="45E51AEC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="100C50C2" w14:textId="77777777" w:rsidR="00467845" w:rsidRDefault="00467845" w:rsidP="00EA568B">
+    <w:p w:rsidR="00467845" w:rsidP="00EA568B" w:rsidRDefault="00467845" w14:paraId="100C50C2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CE6B3DC" w14:textId="77777777" w:rsidR="00467845" w:rsidRDefault="00467845" w:rsidP="00EA568B">
+    <w:p w:rsidR="00467845" w:rsidP="00EA568B" w:rsidRDefault="00467845" w14:paraId="0CE6B3DC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FA88AD4" w14:textId="4382D308" w:rsidR="00EA568B" w:rsidRDefault="00FB541B" w:rsidP="00EA568B">
+    <w:p w:rsidR="00EA568B" w:rsidP="00EA568B" w:rsidRDefault="00FB541B" w14:paraId="6FA88AD4" w14:textId="4382D308">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>MAIN REASONS FOR REFERRAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5836CC69" w14:textId="503260D2" w:rsidR="00FB541B" w:rsidRPr="00FB541B" w:rsidRDefault="00FB541B" w:rsidP="00EA568B">
+    <w:p w:rsidRPr="00FB541B" w:rsidR="00FB541B" w:rsidP="00EA568B" w:rsidRDefault="00FB541B" w14:paraId="5836CC69" w14:textId="503260D2">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Other than what has been recorded already, please let us know any other information, including the </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF585F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>family’s main reasons</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for requesting/consenting to a referral at this time:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31BB539F" w14:textId="77777777" w:rsidR="00480FF2" w:rsidRPr="001F35C7" w:rsidRDefault="00480FF2" w:rsidP="00F5470E">
-[...39 lines deleted...]
-    <w:p w14:paraId="037E03DE" w14:textId="74566F2B" w:rsidR="00480FF2" w:rsidRPr="009F7418" w:rsidRDefault="00480FF2" w:rsidP="006838A0">
+    <w:p w:rsidRPr="001F35C7" w:rsidR="00480FF2" w:rsidP="00F5470E" w:rsidRDefault="00480FF2" w14:paraId="31BB539F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001F35C7" w:rsidR="00480FF2" w:rsidP="00F5470E" w:rsidRDefault="00480FF2" w14:paraId="2BE227C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001F35C7" w:rsidR="00480FF2" w:rsidP="00F5470E" w:rsidRDefault="00480FF2" w14:paraId="2B54933C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001F35C7" w:rsidR="00480FF2" w:rsidP="00F5470E" w:rsidRDefault="00480FF2" w14:paraId="526E4A94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="009F7418" w:rsidR="00480FF2" w:rsidP="12F8F5B8" w:rsidRDefault="00480FF2" w14:paraId="037E03DE" w14:textId="0B123F17">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...15 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00480FF2">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Thank you very much for completing this</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00480FF2">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00480FF2">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please now email this form to us </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00B74098">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00830F7E" w:rsidRPr="004C114F">
+      <w:hyperlink r:id="R7fc2d5a5836a4e55">
+        <w:r w:rsidRPr="12F8F5B8" w:rsidR="00830F7E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>CTT.NDCommunityreferrals@wales.nhs.uk</w:t>
+          <w:t>CT</w:t>
+        </w:r>
+        <w:r w:rsidRPr="12F8F5B8" w:rsidR="1A4E9397">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>M</w:t>
+        </w:r>
+        <w:r w:rsidRPr="12F8F5B8" w:rsidR="00830F7E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>.NDCommunityreferrals@wales.nhs.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00830F7E">
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DE7B47" w:rsidRPr="009F7418">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00DE7B47">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">with </w:t>
       </w:r>
-      <w:r w:rsidR="006838A0">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="006838A0">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00830F7E">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00830F7E">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ny</w:t>
       </w:r>
-      <w:r w:rsidR="006838A0">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="006838A0">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> other supporting documentation</w:t>
       </w:r>
-      <w:r w:rsidR="00830F7E">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="00830F7E">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> available</w:t>
       </w:r>
-      <w:r w:rsidR="006838A0">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="006838A0">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (e.g</w:t>
       </w:r>
-      <w:r w:rsidR="006838A0" w:rsidRPr="006838A0">
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="006838A0">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. SOGS, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="006838A0">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>WellComm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="006838A0">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Play Plans, target setting, Enhanced Play reports</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12F8F5B8" w:rsidR="006838A0">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00480FF2" w:rsidRPr="009F7418" w:rsidSect="00414EAC">
+    <w:sectPr w:rsidRPr="009F7418" w:rsidR="00480FF2" w:rsidSect="00414EAC">
       <w:footerReference w:type="default" r:id="rId15"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
+      <w:headerReference w:type="default" r:id="R585abc90673a41d7"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="145E22FE" w14:textId="77777777" w:rsidR="0033072E" w:rsidRDefault="0033072E" w:rsidP="002E0852">
+    <w:p w:rsidR="0033072E" w:rsidP="002E0852" w:rsidRDefault="0033072E" w14:paraId="145E22FE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6130192E" w14:textId="77777777" w:rsidR="0033072E" w:rsidRDefault="0033072E" w:rsidP="002E0852">
+    <w:p w:rsidR="0033072E" w:rsidP="002E0852" w:rsidRDefault="0033072E" w14:paraId="6130192E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3572,322 +3795,425 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="502F4E0A" w14:textId="76232764" w:rsidR="006A79D4" w:rsidRDefault="00541D02">
+  <w:p w:rsidR="006A79D4" w:rsidRDefault="00541D02" w14:paraId="502F4E0A" w14:textId="4AFDFD8E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
-    <w:r>
-      <w:t xml:space="preserve">Version 1:  </w:t>
+    <w:r w:rsidR="12F8F5B8">
+      <w:rPr/>
+      <w:t xml:space="preserve">Version </w:t>
     </w:r>
-    <w:r w:rsidR="00AE771A">
-      <w:t>May</w:t>
+    <w:r w:rsidR="12F8F5B8">
+      <w:rPr/>
+      <w:t>2</w:t>
     </w:r>
-    <w:r>
-      <w:t xml:space="preserve"> 2025</w:t>
+    <w:r w:rsidR="12F8F5B8">
+      <w:rPr/>
+      <w:t xml:space="preserve">:  </w:t>
+    </w:r>
+    <w:r w:rsidR="12F8F5B8">
+      <w:rPr/>
+      <w:t>Feb</w:t>
+    </w:r>
+    <w:r w:rsidR="12F8F5B8">
+      <w:rPr/>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="12F8F5B8">
+      <w:rPr/>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="12F8F5B8">
+      <w:rPr/>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="727C3BBE" w14:textId="77777777" w:rsidR="002E0852" w:rsidRDefault="002E0852">
+  <w:p w:rsidR="002E0852" w:rsidRDefault="002E0852" w14:paraId="727C3BBE" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="25818E6C" w14:textId="77777777" w:rsidR="0033072E" w:rsidRDefault="0033072E" w:rsidP="002E0852">
+    <w:p w:rsidR="0033072E" w:rsidP="002E0852" w:rsidRDefault="0033072E" w14:paraId="25818E6C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="496A4829" w14:textId="77777777" w:rsidR="0033072E" w:rsidRDefault="0033072E" w:rsidP="002E0852">
+    <w:p w:rsidR="0033072E" w:rsidP="002E0852" w:rsidRDefault="0033072E" w14:paraId="496A4829" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableNormal"/>
+      <w:bidiVisual w:val="0"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3485"/>
+      <w:gridCol w:w="3485"/>
+      <w:gridCol w:w="3485"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="12F8F5B8" w:rsidTr="12F8F5B8" w14:paraId="588C7EB7">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3485" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="12F8F5B8" w:rsidP="12F8F5B8" w:rsidRDefault="12F8F5B8" w14:paraId="5F5C9EF3" w14:textId="14A04BDE">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:ind w:left="-115"/>
+            <w:jc w:val="left"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3485" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="12F8F5B8" w:rsidP="12F8F5B8" w:rsidRDefault="12F8F5B8" w14:paraId="4D73B39B" w14:textId="7A29B072">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3485" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="12F8F5B8" w:rsidP="12F8F5B8" w:rsidRDefault="12F8F5B8" w14:paraId="23391346" w14:textId="73DD38E0">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="12F8F5B8" w:rsidP="12F8F5B8" w:rsidRDefault="12F8F5B8" w14:paraId="3046A75F" w14:textId="7C891580">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:bidi w:val="0"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence">
+  <int2:observations>
+    <int2:bookmark int2:bookmarkName="_Int_6x8pot54" int2:invalidationBookmarkName="" int2:hashCode="vaDwZbLpZ0HHbn" int2:id="j5hPfZ8k">
+      <int2:state int2:type="style" int2:value="Rejected"/>
+    </int2:bookmark>
+    <int2:bookmark int2:bookmarkName="_Int_hIwyAlw0" int2:invalidationBookmarkName="" int2:hashCode="p+UFE+s9FqxPO6" int2:id="NbCiW7b7">
+      <int2:state int2:type="style" int2:value="Rejected"/>
+    </int2:bookmark>
+  </int2:observations>
+  <int2:intelligenceSettings/>
+</int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="017C0F2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="033C536E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0180367E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="32404EAE"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03131867"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CFBE5472"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3949,147 +4275,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0327237A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D7B0010C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23B342F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="860A9DBC"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4148,712 +4474,712 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24BF5B9D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C02E54DA"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="252248DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="63646758"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29C94880"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EED4D436"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D2A5356"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="36167912"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41F774FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8E642DA8"/>
     <w:lvl w:ilvl="0" w:tplc="AC70BE3C">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:eastAsiaTheme="minorHAnsi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47083F0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD70B458"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52CE65FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D2ED5E6"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5087,147 +5413,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71686C64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="663ED840"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8">
@@ -5238,50 +5564,51 @@
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A44599"/>
     <w:rsid w:val="0000655C"/>
     <w:rsid w:val="000105BE"/>
@@ -5551,50 +5878,51 @@
     <w:rsid w:val="00BE4590"/>
     <w:rsid w:val="00BF3CF2"/>
     <w:rsid w:val="00BF585F"/>
     <w:rsid w:val="00C021CB"/>
     <w:rsid w:val="00C05AF2"/>
     <w:rsid w:val="00C078C1"/>
     <w:rsid w:val="00C14B71"/>
     <w:rsid w:val="00C20264"/>
     <w:rsid w:val="00C202F7"/>
     <w:rsid w:val="00C207F8"/>
     <w:rsid w:val="00C21630"/>
     <w:rsid w:val="00C3127B"/>
     <w:rsid w:val="00C329CB"/>
     <w:rsid w:val="00C374FC"/>
     <w:rsid w:val="00C414BA"/>
     <w:rsid w:val="00C453C2"/>
     <w:rsid w:val="00C46557"/>
     <w:rsid w:val="00C51F55"/>
     <w:rsid w:val="00C52A6A"/>
     <w:rsid w:val="00C53329"/>
     <w:rsid w:val="00C611DB"/>
     <w:rsid w:val="00C71D5B"/>
     <w:rsid w:val="00C72E15"/>
     <w:rsid w:val="00C94B02"/>
     <w:rsid w:val="00C96D4B"/>
+    <w:rsid w:val="00C9920C"/>
     <w:rsid w:val="00CA0C1D"/>
     <w:rsid w:val="00CA169C"/>
     <w:rsid w:val="00CA1C8B"/>
     <w:rsid w:val="00CA3F7E"/>
     <w:rsid w:val="00CB1244"/>
     <w:rsid w:val="00CB37B9"/>
     <w:rsid w:val="00CD059C"/>
     <w:rsid w:val="00CE4B11"/>
     <w:rsid w:val="00CE5AFC"/>
     <w:rsid w:val="00D40A0E"/>
     <w:rsid w:val="00D442C6"/>
     <w:rsid w:val="00D4696F"/>
     <w:rsid w:val="00D53604"/>
     <w:rsid w:val="00D55D2E"/>
     <w:rsid w:val="00D57C8B"/>
     <w:rsid w:val="00D81D60"/>
     <w:rsid w:val="00D903E5"/>
     <w:rsid w:val="00DA5945"/>
     <w:rsid w:val="00DB020E"/>
     <w:rsid w:val="00DB697C"/>
     <w:rsid w:val="00DC0E5B"/>
     <w:rsid w:val="00DC152B"/>
     <w:rsid w:val="00DC1584"/>
     <w:rsid w:val="00DC53D1"/>
     <w:rsid w:val="00DC67BB"/>
@@ -5621,165 +5949,173 @@
     <w:rsid w:val="00E97DD2"/>
     <w:rsid w:val="00EA568B"/>
     <w:rsid w:val="00EB3257"/>
     <w:rsid w:val="00ED4850"/>
     <w:rsid w:val="00EF02A9"/>
     <w:rsid w:val="00F04B48"/>
     <w:rsid w:val="00F12026"/>
     <w:rsid w:val="00F50F81"/>
     <w:rsid w:val="00F51FE7"/>
     <w:rsid w:val="00F5470E"/>
     <w:rsid w:val="00F609DE"/>
     <w:rsid w:val="00F86602"/>
     <w:rsid w:val="00F92096"/>
     <w:rsid w:val="00F928A5"/>
     <w:rsid w:val="00FA4156"/>
     <w:rsid w:val="00FB5384"/>
     <w:rsid w:val="00FB541B"/>
     <w:rsid w:val="00FB6227"/>
     <w:rsid w:val="00FC442B"/>
     <w:rsid w:val="00FC506A"/>
     <w:rsid w:val="00FC545C"/>
     <w:rsid w:val="00FD705B"/>
     <w:rsid w:val="00FD708A"/>
     <w:rsid w:val="00FE4487"/>
     <w:rsid w:val="00FF7662"/>
+    <w:rsid w:val="12F8F5B8"/>
+    <w:rsid w:val="1A4E9397"/>
+    <w:rsid w:val="31A7DA96"/>
+    <w:rsid w:val="32C6B44B"/>
+    <w:rsid w:val="391C31D1"/>
+    <w:rsid w:val="3A2C017C"/>
+    <w:rsid w:val="4AC6BA82"/>
+    <w:rsid w:val="7652E986"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="03AE4C7D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C59350C2-E844-4CF6-B1CF-89AF316682C3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5934,52 +6270,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -6046,205 +6382,205 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB020E"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB020E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00716105"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="008D51EC"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C374FC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+  <w:style w:type="character" w:styleId="BodyTextChar" w:customStyle="1">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:semiHidden/>
     <w:rsid w:val="00C374FC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002E0852"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E0852"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002E0852"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E0852"/>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0003272F"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="764302801">
@@ -6257,56 +6593,55 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1001853410">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CTT.NDCommunityreferrals@wales.nhs.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CTT.NDCommunityreferrals@wales.nhs.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctmuhb.nhs.wales/patient-advice/support-for-children-young-people-and-families/neurodevelopmental-services/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctmuhb.nhs.wales/patient-advice/support-for-children-young-people-and-families/community-paediatrics/community-paediatric-service/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctmuhb.nhs.wales/patient-advice/support-for-children-young-people-and-families/neurodevelopmental-services/information-for-referrers/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CTT.NDCommunityreferrals@wales.nhs.uk" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctmuhb.nhs.wales/patient-advice/support-for-children-young-people-and-families/neurodevelopmental-services/" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctmuhb.nhs.wales/patient-advice/support-for-children-young-people-and-families/community-paediatrics/community-paediatric-service/" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctmuhb.nhs.wales/patient-advice/support-for-children-young-people-and-families/neurodevelopmental-services/information-for-referrers/" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CTT.NDCommunityreferrals@wales.nhs.uk" TargetMode="External" Id="Rfda44361dca94445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CTT.NDCommunityreferrals@wales.nhs.uk" TargetMode="External" Id="Re673356f674641a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CTT.NDCommunityreferrals@wales.nhs.uk" TargetMode="External" Id="R7fc2d5a5836a4e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header.xml" Id="R585abc90673a41d7" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="R08221aa496ea4565" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -6573,74 +6908,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A986C8EA-7303-4681-8613-AEC235D68C82}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>Cwm Taf Morgannwg University Health Board</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kathryn Bowen (CTM UHB - Child Health)</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-[...1 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <lastModifiedBy>Kathryn Bowen (CTM UHB - Neurodiversity)</lastModifiedBy>
+  <revision>4</revision>
+  <lastPrinted>2024-10-30T09:32:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>